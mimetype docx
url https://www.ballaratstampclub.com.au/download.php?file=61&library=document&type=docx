--- v0 (2025-11-22)
+++ v1 (2026-03-10)
@@ -113,64 +113,57 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="07CD3FF5" w14:textId="7919C810" w:rsidR="00BE43F7" w:rsidRDefault="00BE43F7">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
         <w:t>Limited Edition Miniature Sheets will be available for Sale</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0D1193D4" w14:textId="77777777" w:rsidR="00BE43F7" w:rsidRDefault="00BE43F7">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7B59CE3D" w14:textId="1CE2B18F" w:rsidR="00BE43F7" w:rsidRPr="00BE43F7" w:rsidRDefault="00BE43F7">
+    <w:p w14:paraId="7B59CE3D" w14:textId="08722423" w:rsidR="00BE43F7" w:rsidRPr="00BE43F7" w:rsidRDefault="00BE43F7">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...5 lines deleted...]
-      </w:r>
     </w:p>
     <w:sectPr w:rsidR="00BE43F7" w:rsidRPr="00BE43F7">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -183,53 +176,55 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00BE43F7"/>
     <w:rsid w:val="0001122E"/>
     <w:rsid w:val="000C5364"/>
     <w:rsid w:val="00255429"/>
+    <w:rsid w:val="004B6ADD"/>
     <w:rsid w:val="007348A1"/>
     <w:rsid w:val="00BE43F7"/>
     <w:rsid w:val="00CB765D"/>
+    <w:rsid w:val="00F12619"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="422B1B05"/>
@@ -1447,54 +1442,54 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>34</Words>
-  <Characters>198</Characters>
+  <Words>22</Words>
+  <Characters>129</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>1</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>231</CharactersWithSpaces>
+  <CharactersWithSpaces>150</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Patrick Tacey</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>